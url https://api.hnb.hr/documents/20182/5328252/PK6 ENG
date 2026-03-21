--- v1 (2025-12-13)
+++ v2 (2026-03-21)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PK6 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="30">
-[...1 lines deleted...]
-    <t>Zagreb, 19.11.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="212" uniqueCount="33">
+  <si>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department </t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>PAYMENT CARDS ISSUED AND CARD PAYMENTS EXECUTED IN THE REPUBLIC OF CROATIA IN EURO - year 2025
 </t>
   </si>
   <si>
     <t>Reporting period</t>
   </si>
   <si>
     <t>Type of card </t>
   </si>
   <si>
     <t>TOTAL</t>
@@ -94,50 +94,59 @@
     <t> Total </t>
   </si>
   <si>
     <t> FEBRUARY</t>
   </si>
   <si>
     <t> MARCH</t>
   </si>
   <si>
     <t> APRIL</t>
   </si>
   <si>
     <t> MAY</t>
   </si>
   <si>
     <t> JUNE</t>
   </si>
   <si>
     <t> JULY</t>
   </si>
   <si>
     <t> AUGUST</t>
   </si>
   <si>
     <t> SEPTEMBER</t>
+  </si>
+  <si>
+    <t> OCTOBER</t>
+  </si>
+  <si>
+    <t> NOVEMBER</t>
+  </si>
+  <si>
+    <t> DECEMBER</t>
   </si>
   <si>
     <t> TOTAL</t>
   </si>
   <si>
     <t>{1} Refers to the number of used and unused payment cards on the last day of the reporting period and it does not include blocked payment cards.</t>
   </si>
   <si>
     <t>{2} The transactions of money remittances, contractual charge and cash credit are not included.</t>
   </si>
   <si>
     <t>    The transactions of purchases in instalments and transactions of cash withdrawal in instalments are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -538,51 +547,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H43"/>
+  <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="25" customWidth="1"/>
     <col min="3" max="3" width="27" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
     </row>
@@ -1319,140 +1328,374 @@
         <v>13</v>
       </c>
       <c r="B37" t="s" s="10">
         <v>17</v>
       </c>
       <c r="C37" s="11">
         <v>8393090</v>
       </c>
       <c r="D37" t="s" s="10">
         <v>13</v>
       </c>
       <c r="E37" s="11">
         <v>68343849</v>
       </c>
       <c r="F37" t="s" s="10">
         <v>13</v>
       </c>
       <c r="G37" s="11">
         <v>3508766961</v>
       </c>
       <c r="H37" t="s" s="10">
         <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:8">
-      <c r="A38" t="s" s="12">
-[...2 lines deleted...]
-      <c r="B38" t="s" s="12">
+      <c r="A38" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="B38" t="s" s="7">
         <v>14</v>
       </c>
-      <c r="C38" s="13">
-[...14 lines deleted...]
-      <c r="H38" t="s" s="12">
+      <c r="C38" s="8">
+        <v>6684355</v>
+      </c>
+      <c r="D38" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="E38" s="8">
+        <v>63116796</v>
+      </c>
+      <c r="F38" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="G38" s="8">
+        <v>3227575789</v>
+      </c>
+      <c r="H38" t="s" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:8">
-      <c r="A39" t="s" s="12">
+      <c r="A39" t="s" s="7">
         <v>26</v>
       </c>
-      <c r="B39" t="s" s="12">
+      <c r="B39" t="s" s="7">
         <v>16</v>
       </c>
-      <c r="C39" s="13">
-[...14 lines deleted...]
-      <c r="H39" t="s" s="12">
+      <c r="C39" s="8">
+        <v>1676112</v>
+      </c>
+      <c r="D39" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="E39" s="8">
+        <v>8016428</v>
+      </c>
+      <c r="F39" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="G39" s="8">
+        <v>359466626</v>
+      </c>
+      <c r="H39" t="s" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:8">
-      <c r="A40" t="s" s="12">
+      <c r="A40" t="s" s="9">
         <v>13</v>
       </c>
       <c r="B40" t="s" s="10">
         <v>17</v>
       </c>
       <c r="C40" s="11">
+        <v>8360467</v>
+      </c>
+      <c r="D40" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="E40" s="11">
+        <v>71133224</v>
+      </c>
+      <c r="F40" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="G40" s="11">
+        <v>3587042415</v>
+      </c>
+      <c r="H40" t="s" s="10">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="B41" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="C41" s="8">
+        <v>6381560</v>
+      </c>
+      <c r="D41" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="E41" s="8">
+        <v>58395238</v>
+      </c>
+      <c r="F41" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="G41" s="8">
+        <v>2994621865</v>
+      </c>
+      <c r="H41" t="s" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s" s="7">
+        <v>27</v>
+      </c>
+      <c r="B42" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C42" s="8">
+        <v>1671251</v>
+      </c>
+      <c r="D42" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="E42" s="8">
+        <v>7285573</v>
+      </c>
+      <c r="F42" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="G42" s="8">
+        <v>351414191</v>
+      </c>
+      <c r="H42" t="s" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s" s="9">
+        <v>13</v>
+      </c>
+      <c r="B43" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="C43" s="11">
+        <v>8052811</v>
+      </c>
+      <c r="D43" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="E43" s="11">
+        <v>65680811</v>
+      </c>
+      <c r="F43" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="G43" s="11">
+        <v>3346036056</v>
+      </c>
+      <c r="H43" t="s" s="10">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="B44" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="C44" s="8">
+        <v>6358460</v>
+      </c>
+      <c r="D44" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="E44" s="8">
+        <v>63937050</v>
+      </c>
+      <c r="F44" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="G44" s="8">
+        <v>3418976681</v>
+      </c>
+      <c r="H44" t="s" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s" s="7">
+        <v>28</v>
+      </c>
+      <c r="B45" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C45" s="8">
+        <v>1671741</v>
+      </c>
+      <c r="D45" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="E45" s="8">
+        <v>7835232</v>
+      </c>
+      <c r="F45" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="G45" s="8">
+        <v>368767598</v>
+      </c>
+      <c r="H45" t="s" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s" s="9">
+        <v>13</v>
+      </c>
+      <c r="B46" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="C46" s="11">
+        <v>8030201</v>
+      </c>
+      <c r="D46" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="E46" s="11">
+        <v>71772282</v>
+      </c>
+      <c r="F46" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="G46" s="11">
+        <v>3787744279</v>
+      </c>
+      <c r="H46" t="s" s="10">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s" s="12">
+        <v>13</v>
+      </c>
+      <c r="B47" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="C47" s="13">
         <v/>
       </c>
-      <c r="D40" t="s" s="10">
-[...26 lines deleted...]
-      <c r="A43" t="s">
+      <c r="D47" t="s" s="12">
+        <v>13</v>
+      </c>
+      <c r="E47" s="13">
+        <v>706378578</v>
+      </c>
+      <c r="F47" t="s" s="12">
+        <v>13</v>
+      </c>
+      <c r="G47" s="13">
+        <v>36315704736</v>
+      </c>
+      <c r="H47" t="s" s="12">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s" s="12">
         <v>29</v>
+      </c>
+      <c r="B48" t="s" s="12">
+        <v>16</v>
+      </c>
+      <c r="C48" s="13">
+        <v/>
+      </c>
+      <c r="D48" t="s" s="12">
+        <v>13</v>
+      </c>
+      <c r="E48" s="13">
+        <v>89999276</v>
+      </c>
+      <c r="F48" t="s" s="12">
+        <v>13</v>
+      </c>
+      <c r="G48" s="13">
+        <v>4007585558</v>
+      </c>
+      <c r="H48" t="s" s="12">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s" s="12">
+        <v>13</v>
+      </c>
+      <c r="B49" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="C49" s="11">
+        <v/>
+      </c>
+      <c r="D49" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="E49" s="11">
+        <v>796377854</v>
+      </c>
+      <c r="F49" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="G49" s="11">
+        <v>40323290294</v>
+      </c>
+      <c r="H49" t="s" s="10">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:A10"/>
     <mergeCell ref="B8:B10"/>
     <mergeCell ref="C8:H8"/>
     <mergeCell ref="C9:D10"/>
     <mergeCell ref="E9:H9"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="G10:H10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">